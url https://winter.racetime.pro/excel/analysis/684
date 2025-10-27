--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -44,138 +44,138 @@
     <sheet name="Schüler 13 weiblich" sheetId="1" r:id="rId4"/>
     <sheet name="Schüler 13 männlich" sheetId="2" r:id="rId5"/>
     <sheet name="Schüler 14 weiblich" sheetId="3" r:id="rId6"/>
     <sheet name="Schüler 14 männlich" sheetId="4" r:id="rId7"/>
     <sheet name="Schüler 15 weiblich" sheetId="5" r:id="rId8"/>
     <sheet name="Schüler 15 männlich" sheetId="6" r:id="rId9"/>
     <sheet name="Kinder 11 männlich" sheetId="7" r:id="rId10"/>
     <sheet name="Kinder 10 männlich" sheetId="8" r:id="rId11"/>
     <sheet name="Kinder 12 weiblich" sheetId="9" r:id="rId12"/>
     <sheet name="Kinder 11 weiblich" sheetId="10" r:id="rId13"/>
     <sheet name="Kinder 10 weiblich" sheetId="11" r:id="rId14"/>
     <sheet name="Kinder 12 männlich" sheetId="12" r:id="rId15"/>
     <sheet name="Kinder 9 männlich" sheetId="13" r:id="rId16"/>
     <sheet name="Kinder 9 weiblich" sheetId="14" r:id="rId17"/>
     <sheet name="Kinder 8 männlich" sheetId="15" r:id="rId18"/>
     <sheet name="Kinder 8 weiblich" sheetId="16" r:id="rId19"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1187">
   <si>
-    <t>Pos</t>
+    <t>Rk</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Nachname</t>
-[...5 lines deleted...]
-    <t>Jahrgang</t>
+    <t>LastName</t>
+  </si>
+  <si>
+    <t>FirstName</t>
+  </si>
+  <si>
+    <t>Year of Birth</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
-    <t>Kumulierte Zeit 1</t>
-[...65 lines deleted...]
-    <t>Zeit</t>
+    <t>Cumulative time 1</t>
+  </si>
+  <si>
+    <t>Lap time 1</t>
+  </si>
+  <si>
+    <t>Shooting time 1</t>
+  </si>
+  <si>
+    <t>Track time 1</t>
+  </si>
+  <si>
+    <t>Penalty time 1</t>
+  </si>
+  <si>
+    <t>Cumulative time 2</t>
+  </si>
+  <si>
+    <t>Lap time 2</t>
+  </si>
+  <si>
+    <t>Shooting time 2</t>
+  </si>
+  <si>
+    <t>Track time 2</t>
+  </si>
+  <si>
+    <t>Penalty time 2</t>
+  </si>
+  <si>
+    <t>Cumulative time 3</t>
+  </si>
+  <si>
+    <t>Lap time 3</t>
+  </si>
+  <si>
+    <t>Shooting time 3</t>
+  </si>
+  <si>
+    <t>Track time 3</t>
+  </si>
+  <si>
+    <t>Penalty time 3</t>
+  </si>
+  <si>
+    <t>Cumulative time 4</t>
+  </si>
+  <si>
+    <t>Lap time 4</t>
+  </si>
+  <si>
+    <t>Shooting time 4</t>
+  </si>
+  <si>
+    <t>Track time 4</t>
+  </si>
+  <si>
+    <t>Penalty time 4</t>
+  </si>
+  <si>
+    <t>Total Shooting time</t>
+  </si>
+  <si>
+    <t>Total Track time</t>
+  </si>
+  <si>
+    <t>Time</t>
   </si>
   <si>
     <t>SCHREMPF</t>
   </si>
   <si>
     <t>Louisa</t>
   </si>
   <si>
     <t>03:28.7</t>
   </si>
   <si>
     <t>01:02.6</t>
   </si>
   <si>
     <t>02:26.1</t>
   </si>
   <si>
     <t>06:47.0</t>
   </si>
   <si>
     <t>03:18.3</t>
   </si>
   <si>
     <t>01:03.6</t>
   </si>
@@ -1643,63 +1643,63 @@
   <si>
     <t>01:14.9</t>
   </si>
   <si>
     <t>04:31.9</t>
   </si>
   <si>
     <t>21:47.7</t>
   </si>
   <si>
     <t>04:26.9</t>
   </si>
   <si>
     <t>03:44.9</t>
   </si>
   <si>
     <t>18:02.8</t>
   </si>
   <si>
     <t>22:47.7</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>Kumulierte Zeit 5</t>
-[...11 lines deleted...]
-    <t>Strafzeit 5</t>
+    <t>Cumulative time 5</t>
+  </si>
+  <si>
+    <t>Lap time 5</t>
+  </si>
+  <si>
+    <t>Shooting time 5</t>
+  </si>
+  <si>
+    <t>Track time 5</t>
+  </si>
+  <si>
+    <t>Penalty time 5</t>
   </si>
   <si>
     <t>PUERGY</t>
   </si>
   <si>
     <t>Katharina</t>
   </si>
   <si>
     <t>04:33.1</t>
   </si>
   <si>
     <t>03:25.6</t>
   </si>
   <si>
     <t>08:50.7</t>
   </si>
   <si>
     <t>03:07.8</t>
   </si>
   <si>
     <t>13:09.0</t>
   </si>
   <si>
     <t>04:18.3</t>
   </si>
@@ -4029,81 +4029,81 @@
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -4826,75 +4826,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -5251,75 +5251,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -5605,81 +5605,81 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -6360,75 +6360,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -6930,75 +6930,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -7571,75 +7571,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -7857,75 +7857,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -8146,81 +8146,81 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -8756,81 +8756,81 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -9823,81 +9823,81 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -10700,87 +10700,87 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="20" max="20" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="25" max="25" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="30" max="30" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="37" max="37" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>532</v>
       </c>
@@ -11415,87 +11415,87 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="20" max="20" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="25" max="25" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="30" max="30" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="37" max="37" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>532</v>
       </c>
@@ -12029,75 +12029,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -12519,75 +12519,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
@@ -12740,81 +12740,81 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="24" max="24" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="31" max="31" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>