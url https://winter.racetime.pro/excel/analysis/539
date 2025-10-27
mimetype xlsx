--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -20,126 +20,126 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Youth female II" sheetId="1" r:id="rId4"/>
     <sheet name="Youth female I" sheetId="2" r:id="rId5"/>
     <sheet name="Juniors female" sheetId="3" r:id="rId6"/>
     <sheet name="Women" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1056">
   <si>
-    <t>Rk</t>
+    <t>Pos</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>LastName</t>
-[...5 lines deleted...]
-    <t>Year of Birth</t>
+    <t>Nachname</t>
+  </si>
+  <si>
+    <t>Vorname</t>
+  </si>
+  <si>
+    <t>Jahrgang</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
-    <t>Cumulative time 1</t>
-[...50 lines deleted...]
-    <t>Time</t>
+    <t>Kumulierte Zeit 1</t>
+  </si>
+  <si>
+    <t>Rundenzeit 1</t>
+  </si>
+  <si>
+    <t>Schießstandzeit 1</t>
+  </si>
+  <si>
+    <t>Streckenzeit 1</t>
+  </si>
+  <si>
+    <t>Strafzeit 1</t>
+  </si>
+  <si>
+    <t>Kumulierte Zeit 2</t>
+  </si>
+  <si>
+    <t>Rundenzeit 2</t>
+  </si>
+  <si>
+    <t>Schießstandzeit 2</t>
+  </si>
+  <si>
+    <t>Streckenzeit 2</t>
+  </si>
+  <si>
+    <t>Strafzeit 2</t>
+  </si>
+  <si>
+    <t>Kumulierte Zeit 3</t>
+  </si>
+  <si>
+    <t>Rundenzeit 3</t>
+  </si>
+  <si>
+    <t>Schießstandzeit 3</t>
+  </si>
+  <si>
+    <t>Streckenzeit 3</t>
+  </si>
+  <si>
+    <t>Strafzeit 3</t>
+  </si>
+  <si>
+    <t>Gesamte Schießstandzeit</t>
+  </si>
+  <si>
+    <t>Gesamte Streckenzeit</t>
+  </si>
+  <si>
+    <t>Zeit</t>
   </si>
   <si>
     <t>GROTIAN</t>
   </si>
   <si>
     <t>Selina</t>
   </si>
   <si>
     <t>07:09.0</t>
   </si>
   <si>
     <t>00:55.1</t>
   </si>
   <si>
     <t>05:38.8</t>
   </si>
   <si>
     <t>00:35.1</t>
   </si>
   <si>
     <t>14:13.3</t>
   </si>
   <si>
     <t>07:04.3</t>
   </si>
@@ -3564,75 +3564,75 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="28.135986" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -5120,75 +5120,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM39"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.427734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="28.135986" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -8082,75 +8082,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="28.135986" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -9268,75 +9268,75 @@
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AM6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AM1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="3.427734" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.570313" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="2.285156" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="13" max="13" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="18" max="18" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="25" max="25" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="28.135986" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283447" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>